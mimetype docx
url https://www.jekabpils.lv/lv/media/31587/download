--- v0 (2025-12-05)
+++ v1 (2026-01-29)
@@ -1,1700 +1,2928 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="06EF49C8" w14:textId="77777777" w:rsidR="00804ABE" w:rsidRPr="0086348E" w:rsidRDefault="00804ABE" w:rsidP="00E80B03">
+    <w:p w14:paraId="01EFC3DB" w14:textId="77777777" w:rsidR="00DB482E" w:rsidRPr="0086348E" w:rsidRDefault="00DB482E" w:rsidP="000C45D2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0086348E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24EE41FE" w14:textId="77777777" w:rsidR="00804ABE" w:rsidRPr="00C253B0" w:rsidRDefault="00804ABE" w:rsidP="00E80B03">
+    <w:p w14:paraId="66395045" w14:textId="77777777" w:rsidR="00DB482E" w:rsidRPr="00C253B0" w:rsidRDefault="00DB482E" w:rsidP="000C45D2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C253B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>/fiziskai personai -vārds, uzvārds; juridiskai personai – nosaukums/</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="636679EC" w14:textId="77777777" w:rsidR="00804ABE" w:rsidRPr="0086348E" w:rsidRDefault="00804ABE" w:rsidP="00E80B03">
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C253B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>fiziskai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C253B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C253B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>personai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C253B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C253B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>vārds</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C253B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C253B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>uzvārds</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C253B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C253B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>juridiskai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C253B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C253B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>personai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C253B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C253B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>nosaukums</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C253B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FC94B40" w14:textId="77777777" w:rsidR="00DB482E" w:rsidRPr="0086348E" w:rsidRDefault="00DB482E" w:rsidP="000C45D2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D604BF7" w14:textId="77777777" w:rsidR="00804ABE" w:rsidRPr="0086348E" w:rsidRDefault="00804ABE" w:rsidP="00E80B03">
+    <w:p w14:paraId="28589B1C" w14:textId="77777777" w:rsidR="00DB482E" w:rsidRPr="0086348E" w:rsidRDefault="00DB482E" w:rsidP="000C45D2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0086348E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="224F3EE4" w14:textId="77777777" w:rsidR="00804ABE" w:rsidRPr="00C253B0" w:rsidRDefault="00804ABE" w:rsidP="00E80B03">
+    <w:p w14:paraId="6A43583C" w14:textId="77777777" w:rsidR="00DB482E" w:rsidRPr="00C253B0" w:rsidRDefault="00DB482E" w:rsidP="000C45D2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C253B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>/fiziskai personai -personas kods; juridiskai personai – reģistrācijas numurs/</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="552C638E" w14:textId="77777777" w:rsidR="00804ABE" w:rsidRPr="0086348E" w:rsidRDefault="00804ABE" w:rsidP="00E80B03">
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C253B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>fiziskai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C253B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C253B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>personai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C253B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -personas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C253B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>kods</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C253B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C253B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>juridiskai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C253B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C253B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>personai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C253B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C253B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>reģistrācijas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C253B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C253B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>numurs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C253B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="349CF88C" w14:textId="77777777" w:rsidR="00DB482E" w:rsidRPr="0086348E" w:rsidRDefault="00DB482E" w:rsidP="000C45D2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22F4174E" w14:textId="77777777" w:rsidR="00804ABE" w:rsidRPr="0086348E" w:rsidRDefault="00804ABE" w:rsidP="00E80B03">
+    <w:p w14:paraId="04F7EB47" w14:textId="77777777" w:rsidR="00DB482E" w:rsidRPr="0086348E" w:rsidRDefault="00DB482E" w:rsidP="000C45D2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0086348E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="092EC137" w14:textId="77777777" w:rsidR="00804ABE" w:rsidRPr="00C253B0" w:rsidRDefault="00804ABE" w:rsidP="00E80B03">
+    <w:p w14:paraId="3609C328" w14:textId="77777777" w:rsidR="00DB482E" w:rsidRPr="00C253B0" w:rsidRDefault="00DB482E" w:rsidP="000C45D2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C253B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>/ fiziskai personai –</w:t>
-[...10 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C253B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>adrese, juridiskai personai - juridiskā adrese/</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="61B6FF18" w14:textId="77777777" w:rsidR="00804ABE" w:rsidRPr="0086348E" w:rsidRDefault="00804ABE" w:rsidP="00E80B03">
+        <w:t>fiziskai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C253B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C253B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>personai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C253B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005D0FDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>dzīvesvietas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005D0FDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C253B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>adrese</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C253B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C253B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>juridiskai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C253B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C253B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>personai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C253B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C253B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>juridiskā</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C253B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C253B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>adrese</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C253B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F90B07F" w14:textId="77777777" w:rsidR="00DB482E" w:rsidRPr="0086348E" w:rsidRDefault="00DB482E" w:rsidP="000C45D2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="44652AB0" w14:textId="77777777" w:rsidR="00906D9B" w:rsidRDefault="00906D9B" w:rsidP="00E80B03">
+    <w:p w14:paraId="5CCFBF3E" w14:textId="77777777" w:rsidR="003F2090" w:rsidRDefault="003F2090" w:rsidP="000C45D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78237C26" w14:textId="77777777" w:rsidR="00804ABE" w:rsidRPr="0086348E" w:rsidRDefault="00804ABE" w:rsidP="00E80B03">
+    <w:p w14:paraId="1AEBD86B" w14:textId="0788E3FF" w:rsidR="007E58D3" w:rsidRDefault="00DB482E" w:rsidP="007E58D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:smartTag w:uri="schemas-tilde-lv/tildestengine" w:element="veidnes">
         <w:smartTagPr>
           <w:attr w:name="id" w:val="-1"/>
           <w:attr w:name="baseform" w:val="iesniegums"/>
           <w:attr w:name="text" w:val="iesniegums"/>
         </w:smartTagPr>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:b/>
             <w:caps/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>IESNIEGUMS</w:t>
         </w:r>
       </w:smartTag>
     </w:p>
-    <w:p w14:paraId="045EB252" w14:textId="3C1538C7" w:rsidR="00804ABE" w:rsidRPr="00C253B0" w:rsidRDefault="00804ABE" w:rsidP="00E80B03">
+    <w:p w14:paraId="798A5FC7" w14:textId="12A83D94" w:rsidR="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20E58378" w14:textId="3D059C96" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NEKUSTAMĀ ĪPAŠUMA </w:t>
+      </w:r>
+      <w:r w:rsidR="00090105">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>lietošanas mērķ</w:t>
+      </w:r>
+      <w:r w:rsidR="0046364B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>a noteikšana vai maiņa</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA39F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D3717B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(zemes vienībā/zemes vienības daļā)</w:t>
+      </w:r>
+      <w:r w:rsidR="0046364B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05AA807A" w14:textId="77777777" w:rsidR="007225C4" w:rsidRDefault="007225C4" w:rsidP="000C45D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12CF52CB" w14:textId="7328F777" w:rsidR="00DB482E" w:rsidRDefault="00DB482E" w:rsidP="000C45D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C253B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Jēkabpil</w:t>
       </w:r>
-      <w:r w:rsidR="00EF475D">
+      <w:r w:rsidR="006120E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s novadā</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="4292AB5F" w14:textId="77777777" w:rsidR="007E58D3" w:rsidRPr="00C253B0" w:rsidRDefault="007E58D3" w:rsidP="000C45D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2908"/>
+        <w:gridCol w:w="2557"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00804ABE" w:rsidRPr="008806C8" w14:paraId="51178F5F" w14:textId="77777777" w:rsidTr="00B0119A">
+      <w:tr w:rsidR="00DB482E" w:rsidRPr="008806C8" w14:paraId="66095A94" w14:textId="77777777" w:rsidTr="506F61CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2448" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3FEBB8A6" w14:textId="77777777" w:rsidR="00804ABE" w:rsidRPr="0086348E" w:rsidRDefault="00804ABE" w:rsidP="00B0119A">
+          <w:p w14:paraId="36A7FFB4" w14:textId="77777777" w:rsidR="00DB482E" w:rsidRPr="0086348E" w:rsidRDefault="00DB482E" w:rsidP="00B0119A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0086348E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>_______________________</w:t>
+              <w:t>____________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00804ABE" w:rsidRPr="008806C8" w14:paraId="3AA94EF9" w14:textId="77777777" w:rsidTr="00B0119A">
+      <w:tr w:rsidR="00DB482E" w:rsidRPr="008806C8" w14:paraId="59124E8B" w14:textId="77777777" w:rsidTr="506F61CC">
         <w:trPr>
           <w:trHeight w:val="80"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2448" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FE40BE7" w14:textId="77777777" w:rsidR="00804ABE" w:rsidRPr="00C253B0" w:rsidRDefault="00804ABE" w:rsidP="00B0119A">
+          <w:p w14:paraId="0FE4D6D4" w14:textId="77777777" w:rsidR="00DB482E" w:rsidRPr="00C253B0" w:rsidRDefault="00DB482E" w:rsidP="00B0119A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C253B0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>/datums /</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0C4766D3" w14:textId="207BF8C0" w:rsidR="00804ABE" w:rsidRPr="0086348E" w:rsidRDefault="00804ABE" w:rsidP="00E80B03">
+    <w:p w14:paraId="2E5C07EF" w14:textId="707D9B31" w:rsidR="00DB482E" w:rsidRPr="0086348E" w:rsidRDefault="00DB482E" w:rsidP="000C45D2">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0086348E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">JĒKABPILS </w:t>
       </w:r>
-      <w:r w:rsidR="006631B0">
+      <w:r w:rsidR="00AC5ABC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>NOVADA</w:t>
       </w:r>
       <w:r w:rsidRPr="0086348E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> PAŠVALDĪBAI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A406141" w14:textId="77777777" w:rsidR="00804ABE" w:rsidRPr="0086348E" w:rsidRDefault="00804ABE" w:rsidP="00E80B03">
+    <w:p w14:paraId="1BA922B5" w14:textId="77777777" w:rsidR="00DB482E" w:rsidRPr="0086348E" w:rsidRDefault="00DB482E" w:rsidP="000C45D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02DFC1B9" w14:textId="77777777" w:rsidR="00804ABE" w:rsidRDefault="00804ABE" w:rsidP="00E80B03">
+    <w:p w14:paraId="42A54D26" w14:textId="77777777" w:rsidR="00DB482E" w:rsidRDefault="00DB482E" w:rsidP="000C45D2">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D179824" w14:textId="77777777" w:rsidR="00804ABE" w:rsidRDefault="00804ABE" w:rsidP="00E80B03">
+    <w:p w14:paraId="26DD5C16" w14:textId="6A023A0C" w:rsidR="00355C07" w:rsidRDefault="00FB3136" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB119F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lūdzu, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA42CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mainīt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB119F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>manā īpašumā esošās zemes vienības</w:t>
+      </w:r>
+      <w:r w:rsidR="00144BAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (zemes vienības daļas)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB119F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB119F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23F6E5C6" w14:textId="51BEFC2E" w:rsidR="00090B20" w:rsidRDefault="00FB3136" w:rsidP="00355C07">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="720"/>
-[...18 lines deleted...]
-        <w:t>_____________</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB119F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_____________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DF5F754" w14:textId="5A4EBCEB" w:rsidR="00355C07" w:rsidRDefault="00355C07" w:rsidP="00355C07">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB119F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(adrese vai nosaukums</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="6D349749" w14:textId="55F641F2" w:rsidR="00804ABE" w:rsidRPr="00E80B03" w:rsidRDefault="00804ABE" w:rsidP="00E80B03">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, zemes vienības kadastra apzīmējums</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB119F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="018E4775" w14:textId="77777777" w:rsidR="00355C07" w:rsidRDefault="00355C07" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60B2BBD2" w14:textId="77777777" w:rsidR="00090B20" w:rsidRDefault="00FB3136" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB119F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________________, nekustamā īpašuma lietošanas mērķi (turpmāk - NĪLM)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00090B20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB757B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44C02507" w14:textId="77777777" w:rsidR="00090B20" w:rsidRDefault="00FB3136" w:rsidP="00090B20">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="720"/>
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB119F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CC34D5A" w14:textId="7B7B439E" w:rsidR="00090B20" w:rsidRPr="001936B1" w:rsidRDefault="00FB3136" w:rsidP="00090B20">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001936B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(esošais NĪLM un tā kods)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48F3E8DD" w14:textId="77777777" w:rsidR="00B85241" w:rsidRDefault="00FB3136" w:rsidP="009F58C8">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB119F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uz ___________________________________________________________________________. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F58C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(ierosinātais NĪLM un tā kods) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="410022C4" w14:textId="48FAAB65" w:rsidR="009F58C8" w:rsidRDefault="00FB3136" w:rsidP="00B85241">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B85241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NĪLM maiņas ierosināšanas pamatojums</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B85241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B85241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A1BF6B4" w14:textId="0D670638" w:rsidR="007E58D3" w:rsidRDefault="00FB3136" w:rsidP="009F58C8">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3136">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B85241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00B85241" w:rsidRPr="00B85241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C166113" w14:textId="77777777" w:rsidR="00D37365" w:rsidRPr="001B49F9" w:rsidRDefault="00BB0952" w:rsidP="00E5197E">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B49F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lūdzu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA42CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>noteikt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B49F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B9697F" w:rsidRPr="001B49F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>zemes vienībai un plānotai (projektētai) zemes vienībai</w:t>
+      </w:r>
+      <w:r w:rsidR="00D37365" w:rsidRPr="001B49F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (zemes vienības daļai)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B9697F" w:rsidRPr="001B49F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6068EEC2" w14:textId="77777777" w:rsidR="00EA04F0" w:rsidRDefault="00EA04F0" w:rsidP="00EA04F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C6BD456" w14:textId="4A2281FB" w:rsidR="0087207A" w:rsidRPr="00B9697F" w:rsidRDefault="00B9697F" w:rsidP="00EA04F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B9697F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nekustamā īpašuma lietošanas</w:t>
+      </w:r>
+      <w:r w:rsidR="00D37365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B9697F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mērķi</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA04F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E5197E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D2148B4" w14:textId="03B8B574" w:rsidR="00E5197E" w:rsidRDefault="00EA04F0" w:rsidP="00D54DDE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...34 lines deleted...]
-    <w:p w14:paraId="159CC62E" w14:textId="15300D93" w:rsidR="00804ABE" w:rsidRPr="00E80B03" w:rsidRDefault="00804ABE" w:rsidP="00E80B03">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BA62CF8" w14:textId="4DB5546A" w:rsidR="00E5197E" w:rsidRDefault="00E5197E" w:rsidP="00E5197E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16AD3B98" w14:textId="697B1EA8" w:rsidR="00896527" w:rsidRDefault="00D54DDE" w:rsidP="007E58D3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...14 lines deleted...]
-        <w:ind w:firstLine="720"/>
+          <w:b/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB119F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(adrese vai nosaukums</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, zemes vienības kadastra apzīmējums</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="399C2D2F" w14:textId="77777777" w:rsidR="000B5F6A" w:rsidRPr="00A5325A" w:rsidRDefault="000B5F6A" w:rsidP="000B5F6A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A5325A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>Atbilstoši:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5325A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="377E4050" w14:textId="25F285B3" w:rsidR="000B5F6A" w:rsidRDefault="000B5F6A" w:rsidP="000B5F6A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...11 lines deleted...]
-        <w:t>Nekustamais īpašums ar kadastra Nr._______________</w:t>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A5325A">
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5325A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>- teritorijas plānojumam</w:t>
+      </w:r>
+      <w:r w:rsidR="00031F88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (detālplānojumam, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00031F88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>lokālplānojumam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00031F88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5325A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79CD6E21" w14:textId="6AB7B8AF" w:rsidR="00EA1946" w:rsidRDefault="00EA1946" w:rsidP="000B5F6A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk218864721"/>
+      <w:r w:rsidRPr="00EA1946">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA1946">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00454864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>zemes vienību apvienošana</w:t>
+      </w:r>
+      <w:r w:rsidR="00313EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (sadalīšana)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="3131D4D1" w14:textId="5B4E00FA" w:rsidR="00313EB8" w:rsidRDefault="00313EB8" w:rsidP="000B5F6A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA1946">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA1946">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...30 lines deleted...]
-      <w:pPr>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>zemes vienīb</w:t>
+      </w:r>
+      <w:r w:rsidR="002041B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>a nevar tik izmantota apbūvei</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="192783A4" w14:textId="12129610" w:rsidR="009A5D0E" w:rsidRDefault="009A5D0E" w:rsidP="000B5F6A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...25 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A5325A">
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5325A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A5D0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>izsniegtajai būvatļaujai</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0176078C" w14:textId="77777777" w:rsidR="000B5F6A" w:rsidRDefault="000B5F6A" w:rsidP="000B5F6A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk218863190"/>
+      <w:r w:rsidRPr="00A5325A">
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5325A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>- zemes nomas līgumam </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="04C0E0B8" w14:textId="32035A6E" w:rsidR="006970E0" w:rsidRPr="006970E0" w:rsidRDefault="006970E0" w:rsidP="000B5F6A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A5325A">
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5325A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>- </w:t>
+      </w:r>
+      <w:r w:rsidR="00B97D48" w:rsidRPr="00B97D48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>līguma</w:t>
+      </w:r>
+      <w:r w:rsidR="00B97D48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00B97D48" w:rsidRPr="00B97D48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par apbūves tiesību nodibināšanu</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="280C281A" w14:textId="77777777" w:rsidR="000B5F6A" w:rsidRPr="00A5325A" w:rsidRDefault="000B5F6A" w:rsidP="000B5F6A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A5325A">
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5325A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>- pašreizējai izmantošanai </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="756B47A8" w14:textId="77777777" w:rsidR="000B5F6A" w:rsidRPr="00A5325A" w:rsidRDefault="000B5F6A" w:rsidP="000B5F6A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A5325A">
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5325A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>- cits gadījums (norādīt)___________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FA8F80C" w14:textId="77777777" w:rsidR="000B5F6A" w:rsidRPr="00A5325A" w:rsidRDefault="000B5F6A" w:rsidP="000B5F6A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A5325A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0040B7E9" w14:textId="77777777" w:rsidR="000B5F6A" w:rsidRPr="00A5325A" w:rsidRDefault="000B5F6A" w:rsidP="000B5F6A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A5325A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5325A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D67CEB6" w14:textId="77777777" w:rsidR="000B5F6A" w:rsidRDefault="000B5F6A" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37D170C7" w14:textId="716DA704" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>Pievienotie dokumenti:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78E05323" w14:textId="374A1C6B" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>- zemesgrāmatas apliecība</w:t>
+      </w:r>
+      <w:r w:rsidR="00221963">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (kopija)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50E2658B" w14:textId="6E072871" w:rsidR="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk218864356"/>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>- zemes robežu plāns</w:t>
+      </w:r>
+      <w:r w:rsidR="00221963">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (kopija)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="2BEF9410" w14:textId="1C922690" w:rsidR="00D77372" w:rsidRDefault="00D77372" w:rsidP="00D77372">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="006819E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="006819E5" w:rsidRPr="006819E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>īgums par apbūves tiesīb</w:t>
+      </w:r>
+      <w:r w:rsidR="006819E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="006819E5" w:rsidRPr="006819E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nodibināšanu</w:t>
+      </w:r>
+      <w:r w:rsidR="006819E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ar grafisko pielikumu</w:t>
+      </w:r>
+      <w:r w:rsidR="006819E5" w:rsidRPr="006819E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005E66F0">
-[...14 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...36 lines deleted...]
-        <w:t>Pašreizējais lietošanas mērķis ir ________________________</w:t>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>(kopija)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DC236D6" w14:textId="31B7E55E" w:rsidR="00D77372" w:rsidRDefault="00D77372" w:rsidP="00D77372">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- zemes </w:t>
+      </w:r>
+      <w:r w:rsidR="009F57E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>nomas līgums</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-        <w:t>______</w:t>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C4FED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ar grafisko pielikumu </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...27 lines deleted...]
-        <w:t>vēlos mainīt uz ____________</w:t>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>(kopija)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CEAEF83" w14:textId="6AD9FDB9" w:rsidR="00D77372" w:rsidRPr="007E58D3" w:rsidRDefault="009427CA" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009427CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009427CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...28 lines deleted...]
-        <w:t>Mērķa maiņas iemesls ____________________________________</w:t>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>būvatļaujas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009427CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (kopija)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76CFBFAC" w14:textId="37CBF612" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>- pilnvara</w:t>
+      </w:r>
+      <w:r w:rsidR="00221963">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (kopija)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AF913F6" w14:textId="77777777" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>- citi dokumenti (norādīt)___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="607F7C30" w14:textId="77777777" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15CC23A5" w14:textId="77777777" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>Lēmumu vēlos saņemt:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53801B20" w14:textId="77777777" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- rakstveida formā iesniegumā norādītajā adresē; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="749D7E94" w14:textId="7B8B2225" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- klātienē </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...27 lines deleted...]
-        <w:t>___________________________________________________</w:t>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jēkabpils </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">novada pašvaldībā </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...27 lines deleted...]
-        <w:t>______________________________________________</w:t>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>Brīvības ielā 120</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="132F86BD" w14:textId="77777777" w:rsidR="00906D9B" w:rsidRDefault="00906D9B" w:rsidP="00E80B03">
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>Jēkabpilī</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="590DD971" w14:textId="77777777" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...190 lines deleted...]
-    <w:p w14:paraId="7FD68D00" w14:textId="77777777" w:rsidR="004753E8" w:rsidRDefault="004753E8" w:rsidP="00906D9B">
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>- elektroniski ar drošu elektronisko parakstu (ar laika zīmogu) parakstītu dokumentu iesniegumā norādītajā elektroniskā pasta adresē</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7764AEC9" w14:textId="77777777" w:rsidR="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="003F2090">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A5617B1" w14:textId="77777777" w:rsidR="00906D9B" w:rsidRPr="00906D9B" w:rsidRDefault="00906D9B" w:rsidP="00906D9B">
+    <w:p w14:paraId="517C28E9" w14:textId="5EF4FB97" w:rsidR="003F2090" w:rsidRPr="003F2090" w:rsidRDefault="003F2090" w:rsidP="003F2090">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00906D9B">
+      <w:r w:rsidRPr="003F2090">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ar šo es, ____________________________________________apliecinu, ka piekrītu savu personas datu</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53D7CB2C" w14:textId="77777777" w:rsidR="00906D9B" w:rsidRPr="00906D9B" w:rsidRDefault="00906D9B" w:rsidP="00906D9B">
+    <w:p w14:paraId="233A47EA" w14:textId="77777777" w:rsidR="003F2090" w:rsidRPr="003F2090" w:rsidRDefault="003F2090" w:rsidP="003F2090">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00906D9B">
+      <w:r w:rsidRPr="003F2090">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00906D9B">
+      <w:r w:rsidRPr="003F2090">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00906D9B">
+      <w:r w:rsidRPr="003F2090">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">         /vārds, uzvārds/</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="189A4A27" w14:textId="77777777" w:rsidR="00906D9B" w:rsidRPr="00906D9B" w:rsidRDefault="00906D9B" w:rsidP="00906D9B">
+    <w:p w14:paraId="0DE5AA9C" w14:textId="77777777" w:rsidR="003F2090" w:rsidRPr="003F2090" w:rsidRDefault="003F2090" w:rsidP="003F2090">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00906D9B">
-[...9 lines deleted...]
-    <w:p w14:paraId="721B749C" w14:textId="77777777" w:rsidR="00906D9B" w:rsidRPr="00906D9B" w:rsidRDefault="00906D9B" w:rsidP="00906D9B">
+    </w:p>
+    <w:p w14:paraId="3ECEEAE7" w14:textId="77777777" w:rsidR="003F2090" w:rsidRPr="003F2090" w:rsidRDefault="003F2090" w:rsidP="003F2090">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="22557897" w14:textId="77777777" w:rsidR="00906D9B" w:rsidRPr="00906D9B" w:rsidRDefault="00906D9B" w:rsidP="00906D9B">
+      <w:r w:rsidRPr="003F2090">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Tālruņa numurs:___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23167DA8" w14:textId="77777777" w:rsidR="003F2090" w:rsidRPr="003F2090" w:rsidRDefault="003F2090" w:rsidP="003F2090">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00906D9B">
-[...9 lines deleted...]
-    <w:p w14:paraId="36F17F42" w14:textId="3D1F92D1" w:rsidR="00EF475D" w:rsidRDefault="5A74F278" w:rsidP="002B0011">
+    </w:p>
+    <w:p w14:paraId="30DF526D" w14:textId="77777777" w:rsidR="003F2090" w:rsidRPr="003F2090" w:rsidRDefault="003F2090" w:rsidP="003F2090">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="506F61CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Elektroniskā pasta adrese: ___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C00DDE7" w14:textId="24B78BE8" w:rsidR="506F61CC" w:rsidRDefault="506F61CC" w:rsidP="506F61CC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00721342">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">apstrādei informācijas nosūtīšanai un saziņai saskaņā ar man sniegto un </w:t>
       </w:r>
-      <w:r w:rsidRPr="005E66F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00721342">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Jēkabpils novada pašvaldības</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00721342">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> privātuma politikā iekļauto (</w:t>
       </w:r>
       <w:hyperlink r:id="rId11">
-        <w:r w:rsidRPr="005E66F0">
+        <w:r w:rsidRPr="00721342">
           <w:rPr>
             <w:rStyle w:val="Hipersaite"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:i/>
             <w:iCs/>
+            <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>www.jekabpils.lv</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="00721342">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> sadaļa Privātuma politika</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00721342">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">) informāciju. </w:t>
       </w:r>
-      <w:r>
-[...20 lines deleted...]
-    <w:p w14:paraId="592E5C37" w14:textId="1E0C9163" w:rsidR="00EF475D" w:rsidRPr="00EF475D" w:rsidRDefault="00EF475D" w:rsidP="00EF475D">
+      <w:r w:rsidRPr="506F61CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Esmu iepazinies ar Jēkabpils novada pašvaldības privātuma politikā iekļauto informāciju ___________________________ .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00060FF6" w14:textId="488A573B" w:rsidR="506F61CC" w:rsidRDefault="506F61CC" w:rsidP="506F61CC">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="506F61CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="506F61CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="506F61CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>paraksts/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3494E78C" w14:textId="30FA7706" w:rsidR="506F61CC" w:rsidRDefault="506F61CC" w:rsidP="506F61CC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="567"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-          <w:i/>
+          <w:i/>
+          <w:iCs/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-[...44 lines deleted...]
-    <w:sectPr w:rsidR="00EF475D" w:rsidRPr="00EF475D" w:rsidSect="00906D9B">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1336D3BF" w14:textId="77777777" w:rsidR="00DB482E" w:rsidRDefault="00DB482E"/>
+    <w:sectPr w:rsidR="00DB482E" w:rsidSect="003F2090">
       <w:headerReference w:type="default" r:id="rId12"/>
-      <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="426" w:left="1701" w:header="283" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="22676C1C" w14:textId="77777777" w:rsidR="00641504" w:rsidRDefault="00641504">
+    <w:p w14:paraId="78CD997B" w14:textId="77777777" w:rsidR="00BA7BAA" w:rsidRDefault="00BA7BAA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="693B952A" w14:textId="77777777" w:rsidR="00641504" w:rsidRDefault="00641504">
+    <w:p w14:paraId="6AB038EA" w14:textId="77777777" w:rsidR="00BA7BAA" w:rsidRDefault="00BA7BAA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6C44B031" w14:textId="77777777" w:rsidR="00641504" w:rsidRDefault="00641504">
+    <w:p w14:paraId="05DCD549" w14:textId="77777777" w:rsidR="00BA7BAA" w:rsidRDefault="00BA7BAA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7A4E8EEC" w14:textId="77777777" w:rsidR="00641504" w:rsidRDefault="00641504">
+    <w:p w14:paraId="00CB1CE7" w14:textId="77777777" w:rsidR="00BA7BAA" w:rsidRDefault="00BA7BAA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="46B438E7" w14:textId="22B95E20" w:rsidR="00804ABE" w:rsidRPr="00C253B0" w:rsidRDefault="00804ABE" w:rsidP="00E20305">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7D8CC9DE" w14:textId="6954C612" w:rsidR="00DB482E" w:rsidRPr="00C253B0" w:rsidRDefault="00DB482E" w:rsidP="00E20305">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00C253B0">
-[...46 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="262F1075"/>
+    <w:nsid w:val="39831C02"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="7590B23A"/>
-[...1 lines deleted...]
-      <w:start w:val="2"/>
+    <w:tmpl w:val="6C6627E4"/>
+    <w:lvl w:ilvl="0" w:tplc="96A834A0">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="3960" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="445C31B0"/>
-[...84 lines deleted...]
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51254A43"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1228C8D0"/>
     <w:lvl w:ilvl="0" w:tplc="0426000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1790,213 +3018,262 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="968363267">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="1" w16cid:durableId="864172600">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1224222172">
+  <w:num w:numId="2" w16cid:durableId="1807703840">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="129"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:useNormalStyleForList/>
-[...16 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E80B03"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00162854"/>
+    <w:rsidRoot w:val="000C45D2"/>
+    <w:rsid w:val="00031F88"/>
+    <w:rsid w:val="00044AB2"/>
+    <w:rsid w:val="00090105"/>
+    <w:rsid w:val="00090B20"/>
+    <w:rsid w:val="000B5F6A"/>
+    <w:rsid w:val="000C45D2"/>
+    <w:rsid w:val="000D0FE5"/>
+    <w:rsid w:val="00120C3F"/>
+    <w:rsid w:val="00144BAA"/>
+    <w:rsid w:val="0018503F"/>
+    <w:rsid w:val="001936B1"/>
+    <w:rsid w:val="0019399D"/>
+    <w:rsid w:val="001B49F9"/>
+    <w:rsid w:val="001E5D13"/>
+    <w:rsid w:val="002041B1"/>
+    <w:rsid w:val="00221963"/>
     <w:rsid w:val="00233E5F"/>
-    <w:rsid w:val="002B0011"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00356DF9"/>
+    <w:rsid w:val="002B0FE0"/>
+    <w:rsid w:val="00313EB8"/>
+    <w:rsid w:val="00355C07"/>
     <w:rsid w:val="00370081"/>
-    <w:rsid w:val="00381972"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00510D99"/>
+    <w:rsid w:val="00383A4E"/>
+    <w:rsid w:val="003B49D0"/>
+    <w:rsid w:val="003E79DD"/>
+    <w:rsid w:val="003F2090"/>
+    <w:rsid w:val="00447D5E"/>
+    <w:rsid w:val="00454864"/>
+    <w:rsid w:val="0046364B"/>
+    <w:rsid w:val="0048453F"/>
     <w:rsid w:val="00542699"/>
-    <w:rsid w:val="005D4851"/>
-    <w:rsid w:val="005E66F0"/>
+    <w:rsid w:val="005707AB"/>
+    <w:rsid w:val="00592476"/>
+    <w:rsid w:val="005D0FDF"/>
     <w:rsid w:val="0061067E"/>
-    <w:rsid w:val="00641504"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006707B0"/>
+    <w:rsid w:val="006120E0"/>
+    <w:rsid w:val="00621203"/>
+    <w:rsid w:val="006514A7"/>
+    <w:rsid w:val="006559DB"/>
+    <w:rsid w:val="00671097"/>
+    <w:rsid w:val="006819E5"/>
+    <w:rsid w:val="0069109F"/>
+    <w:rsid w:val="006970E0"/>
+    <w:rsid w:val="006B2CE3"/>
     <w:rsid w:val="0071556E"/>
-    <w:rsid w:val="007235F3"/>
-    <w:rsid w:val="00741F20"/>
+    <w:rsid w:val="00721342"/>
+    <w:rsid w:val="007225C4"/>
+    <w:rsid w:val="0079567F"/>
+    <w:rsid w:val="007A5EB5"/>
+    <w:rsid w:val="007C2CE5"/>
+    <w:rsid w:val="007E58D3"/>
     <w:rsid w:val="007F4D10"/>
-    <w:rsid w:val="00804ABE"/>
+    <w:rsid w:val="00803117"/>
+    <w:rsid w:val="0085515A"/>
     <w:rsid w:val="0086348E"/>
+    <w:rsid w:val="0087207A"/>
     <w:rsid w:val="008806C8"/>
-    <w:rsid w:val="00906D9B"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00A2097A"/>
+    <w:rsid w:val="00896527"/>
+    <w:rsid w:val="008D08F2"/>
+    <w:rsid w:val="0092735E"/>
+    <w:rsid w:val="00941B05"/>
+    <w:rsid w:val="009427CA"/>
+    <w:rsid w:val="009457AF"/>
+    <w:rsid w:val="009A5D0E"/>
+    <w:rsid w:val="009C4FED"/>
+    <w:rsid w:val="009D36B7"/>
+    <w:rsid w:val="009F5175"/>
+    <w:rsid w:val="009F57E4"/>
+    <w:rsid w:val="009F58C8"/>
+    <w:rsid w:val="00A05915"/>
+    <w:rsid w:val="00A30EF2"/>
     <w:rsid w:val="00A32E98"/>
     <w:rsid w:val="00AA2B1D"/>
-    <w:rsid w:val="00AB2DA4"/>
     <w:rsid w:val="00AC2B3A"/>
+    <w:rsid w:val="00AC5ABC"/>
     <w:rsid w:val="00B0119A"/>
     <w:rsid w:val="00B40E35"/>
-    <w:rsid w:val="00B531B5"/>
+    <w:rsid w:val="00B45CC0"/>
+    <w:rsid w:val="00B85241"/>
+    <w:rsid w:val="00B9697F"/>
+    <w:rsid w:val="00B97D48"/>
+    <w:rsid w:val="00BA42CF"/>
+    <w:rsid w:val="00BA7BAA"/>
+    <w:rsid w:val="00BB0952"/>
     <w:rsid w:val="00C253B0"/>
-    <w:rsid w:val="00C574E4"/>
+    <w:rsid w:val="00C50AFE"/>
+    <w:rsid w:val="00C63426"/>
     <w:rsid w:val="00C84C39"/>
-    <w:rsid w:val="00C96D21"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D3459F"/>
+    <w:rsid w:val="00CB119F"/>
+    <w:rsid w:val="00CC7780"/>
+    <w:rsid w:val="00D3717B"/>
+    <w:rsid w:val="00D37365"/>
+    <w:rsid w:val="00D54DDE"/>
+    <w:rsid w:val="00D67FB1"/>
+    <w:rsid w:val="00D77372"/>
+    <w:rsid w:val="00DA39F5"/>
+    <w:rsid w:val="00DB482E"/>
     <w:rsid w:val="00DF18CE"/>
+    <w:rsid w:val="00E148E1"/>
     <w:rsid w:val="00E20305"/>
-    <w:rsid w:val="00E80B03"/>
+    <w:rsid w:val="00E5197E"/>
+    <w:rsid w:val="00E90010"/>
+    <w:rsid w:val="00EA04F0"/>
+    <w:rsid w:val="00EA1946"/>
+    <w:rsid w:val="00EC116F"/>
+    <w:rsid w:val="00EC56AD"/>
     <w:rsid w:val="00EE6EB9"/>
-    <w:rsid w:val="00EF475D"/>
+    <w:rsid w:val="00EF48FF"/>
+    <w:rsid w:val="00EF51DF"/>
+    <w:rsid w:val="00F21170"/>
     <w:rsid w:val="00F42D74"/>
     <w:rsid w:val="00F5170C"/>
-    <w:rsid w:val="4B1223A1"/>
-    <w:rsid w:val="5A74F278"/>
+    <w:rsid w:val="00F71C23"/>
+    <w:rsid w:val="00F92EE9"/>
+    <w:rsid w:val="00FB3136"/>
+    <w:rsid w:val="00FB757B"/>
+    <w:rsid w:val="00FF58D9"/>
+    <w:rsid w:val="506F61CC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:smartTagType w:namespaceuri="schemas-tilde-lv/tildestengine" w:name="veidnes"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0B0C76D4"/>
-  <w15:docId w15:val="{4BB01040-F27F-40EB-BA74-AFFAD8DB1524}"/>
+  <w14:docId w14:val="71FFE88F"/>
+  <w15:docId w15:val="{94DE0AAB-FCF1-491D-B7FF-70343B96D156}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2343,209 +3620,244 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E80B03"/>
+    <w:rsid w:val="000C45D2"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Bezatstarpm">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00E80B03"/>
+    <w:rsid w:val="000C45D2"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Galvene">
     <w:name w:val="header"/>
     <w:basedOn w:val="Parasts"/>
     <w:link w:val="GalveneRakstz"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00E80B03"/>
+    <w:rsid w:val="000C45D2"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="GalveneRakstz">
     <w:name w:val="Galvene Rakstz."/>
     <w:link w:val="Galvene"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
-    <w:rsid w:val="00E80B03"/>
+    <w:rsid w:val="000C45D2"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kjene">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Parasts"/>
     <w:link w:val="KjeneRakstz"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00E80B03"/>
+    <w:rsid w:val="000C45D2"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KjeneRakstz">
     <w:name w:val="Kājene Rakstz."/>
     <w:link w:val="Kjene"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
-    <w:rsid w:val="00E80B03"/>
+    <w:rsid w:val="000C45D2"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipersaite">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00906D9B"/>
+    <w:rsid w:val="003F2090"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="40407C"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
+    <w:name w:val="paragraph"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:rsid w:val="006120E0"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="lv-LV"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun1">
+    <w:name w:val="normaltextrun1"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:rsid w:val="006120E0"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+    <w:name w:val="eop"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:rsid w:val="006120E0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sarakstarindkopa">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="007E58D3"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="311644214">
+    <w:div w:id="394009081">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="622738362">
+    <w:div w:id="2003657947">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jekabpils.lv/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jekabpils.lv/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2804,109 +4116,71 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Juridisk_x0101_s_x0020_noda_x013c_as_x0020_aktualiz_x0101_cija xmlns="dd58c542-39c1-4c02-88bc-e85771f1e66f" xsi:nil="true"/>
+    <Atbild_x012b_g_x0101__x0020_speci_x0101_lista_x0020_aktualiz_x0101_cija xmlns="dd58c542-39c1-4c02-88bc-e85771f1e66f" xsi:nil="true"/>
+    <Atbild_x012b_gais xmlns="dd58c542-39c1-4c02-88bc-e85771f1e66f">Attīstības pārvalde</Atbild_x012b_gais>
+    <Noteiktais_x0020_personas_x0020_datu_x0020_apstr_x0101_des_x0020_m_x0113_r_x0137_is xmlns="dd58c542-39c1-4c02-88bc-e85771f1e66f">adreses noteikšana, maiņa personai piederošajam nekustamajam īpašumam
+</Noteiktais_x0020_personas_x0020_datu_x0020_apstr_x0101_des_x0020_m_x0113_r_x0137_is>
+    <Nr xmlns="dd58c542-39c1-4c02-88bc-e85771f1e66f" xsi:nil="true"/>
+    <Pamatojums xmlns="dd58c542-39c1-4c02-88bc-e85771f1e66f">Iesniegumu likuma 3.panta otrā daļa
+</Pamatojums>
+    <Versija xmlns="dd58c542-39c1-4c02-88bc-e85771f1e66f">VPA/07.2021/18</Versija>
+    <_dlc_DocId xmlns="d565473c-7cc2-4841-9023-dbffab997ec0">FV2J43CZVP6F-1359256129-64</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="d565473c-7cc2-4841-9023-dbffab997ec0">
+      <Url>https://jekabpilslv.sharepoint.com/sites/KVS/_layouts/15/DocIdRedir.aspx?ID=FV2J43CZVP6F-1359256129-64</Url>
+      <Description>FV2J43CZVP6F-1359256129-64</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...48 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010065B73F6459C8EE4888A60D0F02A89DAA" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d36d6ea67fcb5156ad26991113fd62fc">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d565473c-7cc2-4841-9023-dbffab997ec0" xmlns:ns3="dd58c542-39c1-4c02-88bc-e85771f1e66f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4673ec68419e9ea030f34148d5197973" ns2:_="" ns3:_="">
     <xsd:import namespace="d565473c-7cc2-4841-9023-dbffab997ec0"/>
     <xsd:import namespace="dd58c542-39c1-4c02-88bc-e85771f1e66f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:Nr" minOccurs="0"/>
                 <xsd:element ref="ns3:Versija" minOccurs="0"/>
                 <xsd:element ref="ns3:Atbild_x012b_gais" minOccurs="0"/>
                 <xsd:element ref="ns3:Noteiktais_x0020_personas_x0020_datu_x0020_apstr_x0101_des_x0020_m_x0113_r_x0137_is" minOccurs="0"/>
                 <xsd:element ref="ns3:Pamatojums" minOccurs="0"/>
                 <xsd:element ref="ns3:Atbild_x012b_g_x0101__x0020_speci_x0101_lista_x0020_aktualiz_x0101_cija" minOccurs="0"/>
                 <xsd:element ref="ns3:Juridisk_x0101_s_x0020_noda_x013c_as_x0020_aktualiz_x0101_cija" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
@@ -3122,137 +4396,188 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...15 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5FB31F58-A49E-45D9-B5DD-9BD2E915151E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E9DDC1F8-AC72-453D-8BC2-99B552EDC6A4}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="dd58c542-39c1-4c02-88bc-e85771f1e66f"/>
+    <ds:schemaRef ds:uri="d565473c-7cc2-4841-9023-dbffab997ec0"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED58971B-E6B1-478D-A8FD-A5CC8499E91D}">
-[...7 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58BB031B-34EA-4301-A287-E74C8968A906}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C13909E-D8D3-48FB-A52B-F1BFDC126B55}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="d565473c-7cc2-4841-9023-dbffab997ec0"/>
     <ds:schemaRef ds:uri="dd58c542-39c1-4c02-88bc-e85771f1e66f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CFF4C9CC-8B18-49C7-8880-84839E1A5140}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{686D319C-1FD4-4A53-88AB-DEA57743BE24}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{13F66CA2-5252-4925-9EE6-8473F3F365B9}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="d565473c-7cc2-4841-9023-dbffab997ec0"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>794</Characters>
+  <Pages>2</Pages>
+  <Words>2322</Words>
+  <Characters>1324</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>11</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Nosaukums</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>________________________________________________________</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2181</CharactersWithSpaces>
+  <CharactersWithSpaces>3639</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>________________________________________________________</dc:title>
-  <dc:subject/>
   <dc:creator>III</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010065B73F6459C8EE4888A60D0F02A89DAA</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>36daa293-f930-478b-b2e7-f2de05819bae</vt:lpwstr>
+    <vt:lpwstr>2fad181f-c062-4329-8e4f-e973178c783f</vt:lpwstr>
   </property>
 </Properties>
 </file>