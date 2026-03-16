--- v0 (2026-01-29)
+++ v1 (2026-03-16)
@@ -232,140 +232,100 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1AEBD86B" w14:textId="0788E3FF" w:rsidR="007E58D3" w:rsidRDefault="00DB482E" w:rsidP="007E58D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:smartTag w:uri="schemas-tilde-lv/tildestengine" w:element="veidnes">
         <w:smartTagPr>
+          <w:attr w:name="id" w:val="-1"/>
+          <w:attr w:name="baseform" w:val="iesniegums"/>
           <w:attr w:name="text" w:val="iesniegums"/>
-          <w:attr w:name="baseform" w:val="iesniegums"/>
-          <w:attr w:name="id" w:val="-1"/>
         </w:smartTagPr>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:b/>
             <w:caps/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>IESNIEGUMS</w:t>
         </w:r>
       </w:smartTag>
     </w:p>
     <w:p w14:paraId="798A5FC7" w14:textId="12A83D94" w:rsidR="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20E58378" w14:textId="045EC224" w:rsidR="007E58D3" w:rsidRPr="00F92C1E" w:rsidRDefault="005A252E" w:rsidP="007E58D3">
+    <w:p w14:paraId="20E58378" w14:textId="5A3FC0F2" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F92C1E">
-[...2 lines deleted...]
-          <w:kern w:val="2"/>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w14:ligatures w14:val="standardContextual"/>
-[...41 lines deleted...]
-        <w:t>, nekustamo īpašumu)</w:t>
+        </w:rPr>
+        <w:t>NEKUSTAMĀ ĪPAŠUMA SADALĪŠANAI, ATDALOT ZEMES VIENĪBU/VIENĪBAS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05AA807A" w14:textId="77777777" w:rsidR="007225C4" w:rsidRDefault="007225C4" w:rsidP="000C45D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12CF52CB" w14:textId="7328F777" w:rsidR="00DB482E" w:rsidRDefault="00DB482E" w:rsidP="000C45D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C253B0">
         <w:rPr>
@@ -523,587 +483,729 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42A54D26" w14:textId="77777777" w:rsidR="00DB482E" w:rsidRDefault="00DB482E" w:rsidP="000C45D2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72EAEB07" w14:textId="3E479A88" w:rsidR="0030599E" w:rsidRDefault="002E26EB" w:rsidP="00750B99">
-[...326 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="24F42750" w14:textId="34334D6F" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="lv-LV"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Lūdzu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atļaut atdalīt no </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>nekustamā īpašuma _____________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4594F8E9" w14:textId="77777777" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3600" w:firstLine="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(Īpašuma nosaukums, pagasts/pilsēta)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07734E35" w14:textId="77777777" w:rsidR="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="049EF37B" w14:textId="77777777" w:rsidR="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F1DDC1B" w14:textId="57521FE8" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>kadastra numurs_____________________________, sastāvā esošo/esošās zemes vienību/vienības ar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3791F35E" w14:textId="77777777" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(kadastra numurs)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D07D627" w14:textId="77777777" w:rsidR="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="753224DA" w14:textId="6D8BF376" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>kadastra  apzīmējumu ______________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FBCB8E2" w14:textId="77777777" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3600" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(zemes vienības kadastra apzīmējums)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="260D68FB" w14:textId="77777777" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>no kuras/kurām tiks veidots jauns nekustamais īpašums/īpašumi ar nosaukumu:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B812578" w14:textId="77777777" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="548766F3" w14:textId="77777777" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(īpašuma nosaukums (nedrīkst atkārtoties pagasta teritorijā)) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="698569F1" w14:textId="77777777" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2448FE52" w14:textId="77777777" w:rsidR="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E59D643" w14:textId="77777777" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2) Lūdzu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atļaut atdalīt no </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>nekustamā īpašuma __________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="277D7C1E" w14:textId="77777777" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3600" w:firstLine="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(Īpašuma nosaukums, pagasts/pilsēta)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="140F5215" w14:textId="77777777" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kadastra numurs_____________________________, sastāvā esošo /esošās zemes vienību/vienības ar </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ACCB889" w14:textId="77777777" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(kadastra numurs)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F7B0B53" w14:textId="77777777" w:rsidR="007225C4" w:rsidRDefault="007225C4" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AD02F7F" w14:textId="0CFDCBAB" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>kadastra  apzīmējumu  _______________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FBAD8CD" w14:textId="77777777" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3600" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(zemes vienības kadastra apzīmējums)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E1C1D1E" w14:textId="77777777" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EA9FCAF" w14:textId="77777777" w:rsidR="007225C4" w:rsidRDefault="007225C4" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4795F06C" w14:textId="2E6E75CD" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>kura/kuras tiks pievienota/pievienotas nekustamajam īpašumam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E35480F" w14:textId="77777777" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5040" w:firstLine="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(Īpašuma nosaukums, pagasts/pilsēta)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CF37700" w14:textId="77777777" w:rsidR="007225C4" w:rsidRDefault="007225C4" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D1A45B6" w14:textId="240C750F" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________kadastra numurs ________________________________. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33F11DED" w14:textId="77777777" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(īpašuma kadastra numurs)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A1BF6B4" w14:textId="77777777" w:rsidR="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37D170C7" w14:textId="0F0B933B" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E58D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Pievienotie dokumenti:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78E05323" w14:textId="76931130" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
+    <w:p w14:paraId="78E05323" w14:textId="374A1C6B" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk219112173"/>
       <w:r w:rsidRPr="007E58D3">
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="007E58D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>- zemesgrāmatas apliecība</w:t>
       </w:r>
-      <w:r w:rsidR="00733716">
-[...7 lines deleted...]
-    <w:p w14:paraId="50E2658B" w14:textId="4AAA23A3" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
+      <w:r w:rsidR="00221963">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (kopija)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50E2658B" w14:textId="6E072871" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E58D3">
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
       <w:r w:rsidRPr="007E58D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>- zemes robežu plān</w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="185E5AD8" w14:textId="64D196D0" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
+        <w:t>- zemes robežu plāns</w:t>
+      </w:r>
+      <w:r w:rsidR="00221963">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (kopija)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="185E5AD8" w14:textId="560C8136" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E58D3">
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>☐</w:t>
       </w:r>
       <w:r w:rsidRPr="007E58D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>- pilnvara</w:t>
       </w:r>
-      <w:r w:rsidR="00733716">
+      <w:r w:rsidR="00221963">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> (kopija)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76CFBFAC" w14:textId="151785B9" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
+    <w:p w14:paraId="76CFBFAC" w14:textId="77777777" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E58D3">
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
       <w:r w:rsidRPr="007E58D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">- kredītiestādes atļauja </w:t>
-[...55 lines deleted...]
-        <w:t xml:space="preserve"> ar kredītsaistībām  </w:t>
+        <w:t xml:space="preserve">- kredītiestādes atļauja sadalīt īpašumu, ja īpašums apgrūtināts ar kredītsaistībām  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AF913F6" w14:textId="77777777" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E58D3">
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
       <w:r w:rsidRPr="007E58D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -1168,51 +1270,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">- rakstveida formā iesniegumā norādītajā adresē; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="749D7E94" w14:textId="7B8B2225" w:rsidR="007E58D3" w:rsidRPr="007E58D3" w:rsidRDefault="007E58D3" w:rsidP="007E58D3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E58D3">
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>☐</w:t>
       </w:r>
       <w:r w:rsidRPr="007E58D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">- klātienē </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Jēkabpils </w:t>
       </w:r>
       <w:r w:rsidRPr="007E58D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">novada pašvaldībā </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1531,324 +1632,229 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1336D3BF" w14:textId="77777777" w:rsidR="00DB482E" w:rsidRDefault="00DB482E"/>
     <w:sectPr w:rsidR="00DB482E" w:rsidSect="003F2090">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="426" w:left="1701" w:header="283" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7CB5A08C" w14:textId="77777777" w:rsidR="00A80BAB" w:rsidRDefault="00A80BAB">
+    <w:p w14:paraId="47A1DF35" w14:textId="77777777" w:rsidR="0069109F" w:rsidRDefault="0069109F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="64AE97C3" w14:textId="77777777" w:rsidR="00A80BAB" w:rsidRDefault="00A80BAB">
+    <w:p w14:paraId="25CF1F2C" w14:textId="77777777" w:rsidR="0069109F" w:rsidRDefault="0069109F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...4 lines deleted...]
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="40F75A7E" w14:textId="77777777" w:rsidR="00A80BAB" w:rsidRDefault="00A80BAB">
+    <w:p w14:paraId="4D7CF2FA" w14:textId="77777777" w:rsidR="0069109F" w:rsidRDefault="0069109F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6EED0A89" w14:textId="77777777" w:rsidR="00A80BAB" w:rsidRDefault="00A80BAB">
+    <w:p w14:paraId="194D68D8" w14:textId="77777777" w:rsidR="0069109F" w:rsidRDefault="0069109F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7D8CC9DE" w14:textId="6954C612" w:rsidR="00DB482E" w:rsidRPr="00C253B0" w:rsidRDefault="00DB482E" w:rsidP="00E20305">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1BA40F6A"/>
-[...87 lines deleted...]
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39831C02"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6C6627E4"/>
     <w:lvl w:ilvl="0" w:tplc="96A834A0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="643" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1363" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2083" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2803" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3523" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4243" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4963" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5683" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6403" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51254A43"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1228C8D0"/>
     <w:lvl w:ilvl="0" w:tplc="0426000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1945,204 +1951,174 @@
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="864172600">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1807703840">
-    <w:abstractNumId w:val="1"/>
-[...1 lines deleted...]
-  <w:num w:numId="3" w16cid:durableId="2016688744">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="129"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000C45D2"/>
-    <w:rsid w:val="00040E3A"/>
     <w:rsid w:val="00044AB2"/>
-    <w:rsid w:val="000721A8"/>
     <w:rsid w:val="000C45D2"/>
     <w:rsid w:val="000D0FE5"/>
     <w:rsid w:val="0019399D"/>
-    <w:rsid w:val="001D7F3E"/>
     <w:rsid w:val="001E5D13"/>
-    <w:rsid w:val="001F3F35"/>
+    <w:rsid w:val="00221963"/>
     <w:rsid w:val="00233E5F"/>
-    <w:rsid w:val="002E26EB"/>
-    <w:rsid w:val="0030599E"/>
     <w:rsid w:val="00370081"/>
     <w:rsid w:val="00383A4E"/>
-    <w:rsid w:val="003851F7"/>
     <w:rsid w:val="003B49D0"/>
     <w:rsid w:val="003E79DD"/>
     <w:rsid w:val="003F2090"/>
     <w:rsid w:val="00447D5E"/>
-    <w:rsid w:val="00532CAF"/>
     <w:rsid w:val="00542699"/>
     <w:rsid w:val="005707AB"/>
-    <w:rsid w:val="005A252E"/>
     <w:rsid w:val="005D0FDF"/>
     <w:rsid w:val="0061067E"/>
     <w:rsid w:val="006120E0"/>
     <w:rsid w:val="00621203"/>
     <w:rsid w:val="006559DB"/>
     <w:rsid w:val="00671097"/>
     <w:rsid w:val="0069109F"/>
     <w:rsid w:val="006B2CE3"/>
-    <w:rsid w:val="00703254"/>
     <w:rsid w:val="0071556E"/>
     <w:rsid w:val="00721342"/>
     <w:rsid w:val="007225C4"/>
-    <w:rsid w:val="00733716"/>
-    <w:rsid w:val="00750B99"/>
     <w:rsid w:val="0079567F"/>
-    <w:rsid w:val="007A344A"/>
     <w:rsid w:val="007A5EB5"/>
     <w:rsid w:val="007C2CE5"/>
     <w:rsid w:val="007E58D3"/>
     <w:rsid w:val="007F4D10"/>
     <w:rsid w:val="00803117"/>
-    <w:rsid w:val="00847B95"/>
     <w:rsid w:val="0085515A"/>
     <w:rsid w:val="0086348E"/>
     <w:rsid w:val="008806C8"/>
     <w:rsid w:val="008D08F2"/>
-    <w:rsid w:val="008F136A"/>
     <w:rsid w:val="0092735E"/>
     <w:rsid w:val="009457AF"/>
     <w:rsid w:val="009D36B7"/>
-    <w:rsid w:val="00A26D70"/>
     <w:rsid w:val="00A30EF2"/>
     <w:rsid w:val="00A32E98"/>
-    <w:rsid w:val="00A65154"/>
-    <w:rsid w:val="00A80BAB"/>
     <w:rsid w:val="00AA2B1D"/>
     <w:rsid w:val="00AC2B3A"/>
     <w:rsid w:val="00AC5ABC"/>
     <w:rsid w:val="00B0119A"/>
-    <w:rsid w:val="00B17827"/>
     <w:rsid w:val="00B40E35"/>
     <w:rsid w:val="00B45CC0"/>
-    <w:rsid w:val="00BB3E6C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C1631B"/>
     <w:rsid w:val="00C253B0"/>
     <w:rsid w:val="00C50AFE"/>
     <w:rsid w:val="00C84C39"/>
     <w:rsid w:val="00CC7780"/>
-    <w:rsid w:val="00D004F7"/>
-    <w:rsid w:val="00D15EC9"/>
     <w:rsid w:val="00D67FB1"/>
-    <w:rsid w:val="00DA77AD"/>
     <w:rsid w:val="00DB482E"/>
     <w:rsid w:val="00DF18CE"/>
     <w:rsid w:val="00E148E1"/>
     <w:rsid w:val="00E20305"/>
-    <w:rsid w:val="00E60142"/>
     <w:rsid w:val="00E90010"/>
     <w:rsid w:val="00EE6EB9"/>
     <w:rsid w:val="00EF48FF"/>
     <w:rsid w:val="00EF51DF"/>
-    <w:rsid w:val="00EF66D6"/>
-    <w:rsid w:val="00F00C6A"/>
     <w:rsid w:val="00F21170"/>
     <w:rsid w:val="00F42D74"/>
     <w:rsid w:val="00F5170C"/>
     <w:rsid w:val="00F71C23"/>
-    <w:rsid w:val="00F92C1E"/>
     <w:rsid w:val="00F92EE9"/>
     <w:rsid w:val="506F61CC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:smartTagType w:namespaceuri="schemas-tilde-lv/tildestengine" w:name="veidnes"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -2677,67 +2653,50 @@
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun1">
     <w:name w:val="normaltextrun1"/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:rsid w:val="006120E0"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:rsid w:val="006120E0"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sarakstarindkopa">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Parasts"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="007E58D3"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
-  </w:style>
-[...15 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="394009081">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2003657947">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
@@ -3298,205 +3257,205 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...28 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Juridisk_x0101_s_x0020_noda_x013c_as_x0020_aktualiz_x0101_cija xmlns="dd58c542-39c1-4c02-88bc-e85771f1e66f" xsi:nil="true"/>
+    <Atbild_x012b_g_x0101__x0020_speci_x0101_lista_x0020_aktualiz_x0101_cija xmlns="dd58c542-39c1-4c02-88bc-e85771f1e66f" xsi:nil="true"/>
+    <Atbild_x012b_gais xmlns="dd58c542-39c1-4c02-88bc-e85771f1e66f">Attīstības pārvalde</Atbild_x012b_gais>
+    <Noteiktais_x0020_personas_x0020_datu_x0020_apstr_x0101_des_x0020_m_x0113_r_x0137_is xmlns="dd58c542-39c1-4c02-88bc-e85771f1e66f">adreses noteikšana, maiņa personai piederošajam nekustamajam īpašumam
+</Noteiktais_x0020_personas_x0020_datu_x0020_apstr_x0101_des_x0020_m_x0113_r_x0137_is>
+    <Nr xmlns="dd58c542-39c1-4c02-88bc-e85771f1e66f" xsi:nil="true"/>
+    <Pamatojums xmlns="dd58c542-39c1-4c02-88bc-e85771f1e66f">Iesniegumu likuma 3.panta otrā daļa
+</Pamatojums>
+    <Versija xmlns="dd58c542-39c1-4c02-88bc-e85771f1e66f">VPA/07.2021/18</Versija>
+    <_dlc_DocId xmlns="d565473c-7cc2-4841-9023-dbffab997ec0">FV2J43CZVP6F-1359256129-64</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="d565473c-7cc2-4841-9023-dbffab997ec0">
+      <Url>https://jekabpilslv.sharepoint.com/sites/KVS/_layouts/15/DocIdRedir.aspx?ID=FV2J43CZVP6F-1359256129-64</Url>
+      <Description>FV2J43CZVP6F-1359256129-64</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C13909E-D8D3-48FB-A52B-F1BFDC126B55}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="d565473c-7cc2-4841-9023-dbffab997ec0"/>
     <ds:schemaRef ds:uri="dd58c542-39c1-4c02-88bc-e85771f1e66f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E9DDC1F8-AC72-453D-8BC2-99B552EDC6A4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CFF4C9CC-8B18-49C7-8880-84839E1A5140}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="d565473c-7cc2-4841-9023-dbffab997ec0"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{13F66CA2-5252-4925-9EE6-8473F3F365B9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CFF4C9CC-8B18-49C7-8880-84839E1A5140}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E9DDC1F8-AC72-453D-8BC2-99B552EDC6A4}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="dd58c542-39c1-4c02-88bc-e85771f1e66f"/>
+    <ds:schemaRef ds:uri="d565473c-7cc2-4841-9023-dbffab997ec0"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1638</Words>
-  <Characters>935</Characters>
+  <Words>250</Words>
+  <Characters>2854</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>23</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>________________________________________________________</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2568</CharactersWithSpaces>
+  <CharactersWithSpaces>3098</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>________________________________________________________</dc:title>
   <dc:creator>III</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010065B73F6459C8EE4888A60D0F02A89DAA</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>2fad181f-c062-4329-8e4f-e973178c783f</vt:lpwstr>